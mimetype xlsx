--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec4fbf2904fb484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50ce7cbea2246fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c1f9aefaf574acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9d92fd121b45bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59011011e3df4a2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c1f9aefaf574acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b3fc2ba6444e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9d92fd121b45bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit Potential!!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>