--- v1 (2025-10-30)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50ce7cbea2246fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77226f76fa144b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b9d92fd121b45bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a4a8b9273342f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b3fc2ba6444e45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b9d92fd121b45bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb93d0dad2c6b41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a4a8b9273342f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit Potential!!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,789</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>