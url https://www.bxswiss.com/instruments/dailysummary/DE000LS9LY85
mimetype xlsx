--- v2 (2025-12-29)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77226f76fa144b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8c4321a7db48ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56a4a8b9273342f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R080df7b3a61c4b8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb93d0dad2c6b41b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56a4a8b9273342f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36feee657744a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R080df7b3a61c4b8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit Potential!!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...505 lines deleted...]
-          <x:t>126,665</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>