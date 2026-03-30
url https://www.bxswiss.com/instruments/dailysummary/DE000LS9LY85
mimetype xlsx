--- v3 (2026-02-21)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8c4321a7db48ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71692f7f6257477f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R080df7b3a61c4b8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626e5e7d67be4811"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf36feee657744a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R080df7b3a61c4b8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999e9d8b9cee4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626e5e7d67be4811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien mit Potential!!</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>112,019</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>