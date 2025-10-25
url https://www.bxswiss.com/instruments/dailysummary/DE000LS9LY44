--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc154654833354142" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aff0a890c7e487d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d49214e26704255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dcc7743fb924cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4e72b1cd2d64899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d49214e26704255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62800ce5ebb84471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dcc7743fb924cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,034</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>