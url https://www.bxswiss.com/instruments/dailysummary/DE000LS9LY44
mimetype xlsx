--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aff0a890c7e487d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eed86190cc047ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dcc7743fb924cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a068e2f05a647a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62800ce5ebb84471" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dcc7743fb924cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a7da0f49c54ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a068e2f05a647a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>