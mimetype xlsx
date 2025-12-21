--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eed86190cc047ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R651b4a62618e4157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a068e2f05a647a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b9204cd0369424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42a7da0f49c54ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a068e2f05a647a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39905580232541ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b9204cd0369424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>448,642</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>446,053</x:t>
-[...220 lines deleted...]
-          <x:t>435,352</x:t>
+          <x:t>449,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>