--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R651b4a62618e4157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ca57e8d6044f86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b9204cd0369424c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4011ce5b704744a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39905580232541ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b9204cd0369424c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f170251d8c4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4011ce5b704744a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>