--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78ca57e8d6044f86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c29caebe4444e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4011ce5b704744a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re781d33dab0f4bf9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f170251d8c4802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4011ce5b704744a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bb651668e649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re781d33dab0f4bf9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>472,162</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>