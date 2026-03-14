--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35c29caebe4444e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R290715e478dc40c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re781d33dab0f4bf9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bdd0dbd76684f0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51bb651668e649ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re781d33dab0f4bf9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60b1372ef68345e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bdd0dbd76684f0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zinsfuß</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY44</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>457,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>467,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>466,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>