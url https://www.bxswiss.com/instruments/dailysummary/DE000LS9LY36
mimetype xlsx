--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26b7636a460e472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b5b93d92654d48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reebbf17753ed4247"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4bb012f9d84a49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69d19fbc1ba84563" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reebbf17753ed4247" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2dcd4a7d0e40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4bb012f9d84a49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging Markets Winners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,366 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>124,863</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,464</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>