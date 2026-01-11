--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6b5b93d92654d48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa889be4c2d4ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc4bb012f9d84a49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6962dfd02834423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree2dcd4a7d0e40ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc4bb012f9d84a49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a26429b06b4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6962dfd02834423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging Markets Winners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,217</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>