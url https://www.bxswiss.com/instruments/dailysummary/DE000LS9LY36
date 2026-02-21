--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfaa889be4c2d4ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f1ae6af39a4fac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6962dfd02834423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396ac0a139e54c2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4a26429b06b4b8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6962dfd02834423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9776c7327d4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396ac0a139e54c2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging Markets Winners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>149,587</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,719</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>155,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>