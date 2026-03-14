--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17f1ae6af39a4fac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe398c9b4fe4252" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R396ac0a139e54c2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra11b19c169a840bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9776c7327d4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R396ac0a139e54c2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b1995b4f1db4807" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra11b19c169a840bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Emerging Markets Winners</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY36</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>