--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ff289f44b1d49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ad6cbb733f46fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e0c60fdfda04ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddc959d25fc4c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7702544396f1422d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e0c60fdfda04ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5159d9b7a4e74643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddc959d25fc4c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ScanCap Value Strategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>