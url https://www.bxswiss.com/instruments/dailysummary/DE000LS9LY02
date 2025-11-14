--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ad6cbb733f46fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac6cf09612d4a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddc959d25fc4c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddedf90fd7b74be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5159d9b7a4e74643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddc959d25fc4c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a39deef43842da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddedf90fd7b74be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ScanCap Value Strategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>81,193</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,081</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>80,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>81,828</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>81,148</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>