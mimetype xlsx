--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ac6cf09612d4a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82abc7c8cc924d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddedf90fd7b74be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf630e203a8604340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92a39deef43842da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddedf90fd7b74be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe89a10ffa84c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf630e203a8604340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ScanCap Value Strategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...608 lines deleted...]
-          <x:t>82,155</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,483</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>81,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>