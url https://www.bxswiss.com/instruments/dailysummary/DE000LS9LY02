--- v3 (2026-01-08)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82abc7c8cc924d90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16912463f557436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf630e203a8604340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32fb7a9c6d17450f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbe89a10ffa84c25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf630e203a8604340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2b5e091e55447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32fb7a9c6d17450f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ScanCap Value Strategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,483</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>