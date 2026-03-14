--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16912463f557436f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc139f5fb374db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32fb7a9c6d17450f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5411c80c88a409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec2b5e091e55447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32fb7a9c6d17450f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ae4d64736db4eaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5411c80c88a409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ScanCap Value Strategie Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LY02</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,582</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,117</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>