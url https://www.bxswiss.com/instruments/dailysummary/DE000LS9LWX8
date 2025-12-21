--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8e780543d254aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb217469b12d2453a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f67671c3e6a477c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11883b6f5cfc433d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaa98573ab9c4d23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f67671c3e6a477c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ade6ebe37d4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11883b6f5cfc433d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>199,901</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>