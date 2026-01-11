--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb217469b12d2453a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df4444c12464d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11883b6f5cfc433d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6b92a7936f043e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19ade6ebe37d4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11883b6f5cfc433d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff71c77596f74a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6b92a7936f043e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>193,896</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>192,258</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>