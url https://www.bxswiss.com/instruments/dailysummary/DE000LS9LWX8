--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7df4444c12464d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra922eb1869494115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6b92a7936f043e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04a82982f29f42f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff71c77596f74a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6b92a7936f043e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedf264a21fd4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04a82982f29f42f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>203,254</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>