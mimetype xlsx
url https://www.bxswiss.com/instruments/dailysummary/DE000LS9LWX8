--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra922eb1869494115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453c6715d3b343ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04a82982f29f42f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf5ae8c6227b46b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcedf264a21fd4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04a82982f29f42f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd01ca1766ab94015" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf5ae8c6227b46b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jackpot</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>215,104</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>211,601</x:t>
-[...431 lines deleted...]
-          <x:t>213,820</x:t>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>