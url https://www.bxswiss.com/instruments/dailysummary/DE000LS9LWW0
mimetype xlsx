--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd25007292c1b4560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98328789bce4531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb4aa634296d4443"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae35fa50b0354b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0b4ea7960934ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb4aa634296d4443" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20abd5ac87844373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae35fa50b0354b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>