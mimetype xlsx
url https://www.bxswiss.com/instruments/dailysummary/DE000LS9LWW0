--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98328789bce4531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d869e8fc78d4e45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae35fa50b0354b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861ea9b95ef44fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20abd5ac87844373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae35fa50b0354b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re489c8e268764ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861ea9b95ef44fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>103,593</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,590</x:t>
-[...362 lines deleted...]
-          <x:t>101,772</x:t>
+          <x:t>103,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>102,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>