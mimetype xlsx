--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d869e8fc78d4e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e86b4a8efa4d61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R861ea9b95ef44fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b169a07158489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re489c8e268764ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R861ea9b95ef44fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c8a871fb204bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b169a07158489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>102,830</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,298</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>06.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,037</x:t>
-[...171 lines deleted...]
-          <x:t>101,349</x:t>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>