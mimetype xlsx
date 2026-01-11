--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e86b4a8efa4d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18485cfd053b4c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3b169a07158489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f7fc77eb484d08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c8a871fb204bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3b169a07158489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878b64c10b554dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f7fc77eb484d08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>103,095</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,005</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>103,162</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>