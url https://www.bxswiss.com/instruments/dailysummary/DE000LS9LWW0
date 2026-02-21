--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18485cfd053b4c52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43eeb7aecc994206" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f7fc77eb484d08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf1fec15bf04380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R878b64c10b554dda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f7fc77eb484d08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cfd32e98c84bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf1fec15bf04380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>107,537</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>