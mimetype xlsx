--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43eeb7aecc994206" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c409aa9c9934b02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf1fec15bf04380"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b68f9788f946d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92cfd32e98c84bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf1fec15bf04380" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1652fefec89a4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b68f9788f946d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Siberian Tiger Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,297</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>