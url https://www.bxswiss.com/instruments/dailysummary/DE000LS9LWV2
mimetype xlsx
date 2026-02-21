--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9aaa27eae1ce4993" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9644fcdc36af4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9dc5ddeff74ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118ac3d5125c4ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6260dc09733e435e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9dc5ddeff74ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220841d0198147c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118ac3d5125c4ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpecBuy Strategy A1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>134,837</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,656</x:t>
-[...134 lines deleted...]
-          <x:t>135,426</x:t>
+          <x:t>135,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>