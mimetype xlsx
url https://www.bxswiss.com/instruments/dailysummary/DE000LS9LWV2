--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9644fcdc36af4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6f2607069f4d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R118ac3d5125c4ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0bc361f32a24c65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220841d0198147c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R118ac3d5125c4ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R885e84112e474fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0bc361f32a24c65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SpecBuy Strategy A1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>134,378</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,118</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>132,783</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>