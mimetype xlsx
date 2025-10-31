--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9fb1a2b4904107" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132e52ce22c64afe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507ceda9232346b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a4a756119440c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R046d473d1133488c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507ceda9232346b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b73a61cfa7d4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a4a756119440c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,347</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>