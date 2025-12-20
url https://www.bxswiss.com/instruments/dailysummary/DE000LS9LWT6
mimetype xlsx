--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R132e52ce22c64afe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10f4c1bde4844c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15a4a756119440c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9089140ac874c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b73a61cfa7d4181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15a4a756119440c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff0f8374ac04071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9089140ac874c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>370,941</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>364,558</x:t>
-[...485 lines deleted...]
-          <x:t>387,255</x:t>
+          <x:t>366,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>