--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10f4c1bde4844c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec77660e4074b27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9089140ac874c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R542e5a12a1324456"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ff0f8374ac04071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9089140ac874c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18b4a9a7d914852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R542e5a12a1324456" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,146</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>359,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,918</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>