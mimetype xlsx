--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec77660e4074b27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a47901d18864f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R542e5a12a1324456"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf8219ffc8344217"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra18b4a9a7d914852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R542e5a12a1324456" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fce08fc5b449de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf8219ffc8344217" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>378,918</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>