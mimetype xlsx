--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a47901d18864f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16c86f00160a4eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf8219ffc8344217"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1402b73b9860464c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0fce08fc5b449de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf8219ffc8344217" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f3cbce6d6847a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1402b73b9860464c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Tech &amp; Pharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,958</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,657</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>384,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>