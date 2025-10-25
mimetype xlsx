--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97e2bcd22e314470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aae2a9f912645ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e2778f05b284256"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0b5936505d440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abfdd52619b43fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e2778f05b284256" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f47eac74f242bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0b5936505d440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Consumer &amp; Finance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,463</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>