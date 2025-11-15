--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aae2a9f912645ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R411f0173375f4430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0b5936505d440e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71173771821645aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5f47eac74f242bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0b5936505d440e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99cf4a1b2372402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71173771821645aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Consumer &amp; Finance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>170,556</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,412</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...366 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,153</x:t>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>