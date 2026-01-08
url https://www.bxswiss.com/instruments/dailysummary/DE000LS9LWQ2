--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R411f0173375f4430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4f565e653e42f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71173771821645aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa96d8099f7246d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99cf4a1b2372402f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71173771821645aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5430e432e24af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa96d8099f7246d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Consumer &amp; Finance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,893</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>