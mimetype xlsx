--- v3 (2026-01-08)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4f565e653e42f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51cf6672ce1449c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa96d8099f7246d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d26eaaecf84d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f5430e432e24af5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa96d8099f7246d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7ff91c993e4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d26eaaecf84d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Consumer &amp; Finance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>183,856</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>