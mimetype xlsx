--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51cf6672ce1449c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97a8c05d3f314ba0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d26eaaecf84d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7db0578cb9e4b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa7ff91c993e4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d26eaaecf84d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eb56bbbfbee4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7db0578cb9e4b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>QP Zaibatsu - Consumer &amp; Finance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>176,969</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,003</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,111</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>