--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2a27a0ee991419b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ab3b4842e84c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48a09a25cf2a43b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9407c89dfe74020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484dfab505a94ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48a09a25cf2a43b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb855a53e6f0c4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9407c89dfe74020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>58,888</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>59,080</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,959</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>58,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>