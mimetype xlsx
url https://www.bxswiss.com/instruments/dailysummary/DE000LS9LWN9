--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ab3b4842e84c10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94337add53d14830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9407c89dfe74020"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052d28299b28439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb855a53e6f0c4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9407c89dfe74020" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb465f55bf81a4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052d28299b28439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>58,989</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,905</x:t>
-[...222 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,751</x:t>
-[...279 lines deleted...]
-          <x:t>58,250</x:t>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>