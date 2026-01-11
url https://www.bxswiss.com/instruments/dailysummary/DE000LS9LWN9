--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94337add53d14830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra834e6a3d79847a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R052d28299b28439e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc514843c36064e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb465f55bf81a4c80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R052d28299b28439e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21611958d37407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc514843c36064e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,650</x:t>
-[...43 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,752</x:t>
-[...468 lines deleted...]
-          <x:t>58,771</x:t>
+          <x:t>58,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>