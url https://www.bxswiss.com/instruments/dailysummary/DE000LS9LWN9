--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra834e6a3d79847a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03417b02774b42ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc514843c36064e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86321a78d0b466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21611958d37407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc514843c36064e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60a2685827941b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86321a78d0b466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...230 lines deleted...]
-          <x:t>58,584</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...208 lines deleted...]
-          <x:t>59,200</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>