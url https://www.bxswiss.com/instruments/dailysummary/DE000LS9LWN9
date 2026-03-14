--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03417b02774b42ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b87799c50a42c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc86321a78d0b466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92d678ea155949cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60a2685827941b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc86321a78d0b466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7bb75ba0acf469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92d678ea155949cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Rise International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,327</x:t>
-[...183 lines deleted...]
-          <x:t>58,137</x:t>
+          <x:t>57,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,934</x:t>
-[...220 lines deleted...]
-          <x:t>58,222</x:t>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>