--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43a59e1bac2e426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5321f5429b4445e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R072f384d962b4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbdb0c59a75a4f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66b7ee681f3e4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R072f384d962b4808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f1b3f296c84ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbdb0c59a75a4f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>155,287</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>156,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,641</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>