--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5321f5429b4445e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0eedca79664b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbdb0c59a75a4f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b7e5786a114d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3f1b3f296c84ebe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbdb0c59a75a4f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f775f85d8143bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b7e5786a114d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>160,838</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,022</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>