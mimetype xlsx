--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0eedca79664b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae724a65b74546ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b7e5786a114d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc69c69ead4e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f775f85d8143bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b7e5786a114d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f9fbe8af2c45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc69c69ead4e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,404</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>