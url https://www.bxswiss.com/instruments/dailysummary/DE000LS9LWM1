--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae724a65b74546ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913b7bef6a2c44a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83dc69c69ead4e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9e0d50863d4581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f9fbe8af2c45fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83dc69c69ead4e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2baeb3e9e8f4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9e0d50863d4581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>168,022</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>