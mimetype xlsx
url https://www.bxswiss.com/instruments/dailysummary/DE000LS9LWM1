--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R913b7bef6a2c44a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c047fe2b3a45f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9e0d50863d4581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa89b917e374339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2baeb3e9e8f4851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9e0d50863d4581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b05c9dab49844fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa89b917e374339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Smart Beta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>166,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,949</x:t>
-[...544 lines deleted...]
-          <x:t>166,536</x:t>
+          <x:t>166,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>