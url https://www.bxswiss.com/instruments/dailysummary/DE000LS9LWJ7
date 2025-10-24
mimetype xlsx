--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c5b54f25a64de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb974edf22a64c3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce3972c2a807451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421f254781e34ae1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6321c3372ce84a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce3972c2a807451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09ecbf76d6d49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421f254781e34ae1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>