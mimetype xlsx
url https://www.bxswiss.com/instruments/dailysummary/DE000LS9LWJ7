--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb974edf22a64c3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d60de561d544006" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R421f254781e34ae1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b9240cb0d74fce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd09ecbf76d6d49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R421f254781e34ae1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632ff22bdec24cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b9240cb0d74fce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>205,946</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>