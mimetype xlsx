--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d60de561d544006" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6d25474c8145d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81b9240cb0d74fce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcfed9b7dcd422f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632ff22bdec24cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81b9240cb0d74fce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49af3921e04abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcfed9b7dcd422f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,111</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>