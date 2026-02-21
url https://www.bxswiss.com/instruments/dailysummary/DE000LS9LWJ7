--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6d25474c8145d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eca3b8cf00b4736" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bcfed9b7dcd422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a518ad8c4534045"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c49af3921e04abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bcfed9b7dcd422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83644bb9e3c44e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a518ad8c4534045" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>217,111</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>