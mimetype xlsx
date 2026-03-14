--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7eca3b8cf00b4736" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd42c99beb44f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a518ad8c4534045"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ab4c08d96940e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83644bb9e3c44e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a518ad8c4534045" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28fb924c027c47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ab4c08d96940e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MK Small Caps Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>