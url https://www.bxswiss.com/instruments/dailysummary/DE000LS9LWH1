--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82c630d0fb94b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a91e1d858145e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06a345ca36394264"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b3fc100f42e458e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3adf59f522a4f08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06a345ca36394264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4bd3d3ef474271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b3fc100f42e458e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,447</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>