--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a91e1d858145e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a0fd62696e4b52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b3fc100f42e458e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab1563ffbcba479b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d4bd3d3ef474271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b3fc100f42e458e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291387cddc9b403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab1563ffbcba479b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>120,112</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...181 lines deleted...]
-          <x:t>120,646</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>