--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5a0fd62696e4b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5fbc00d21b34aef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab1563ffbcba479b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46513e43e6ee4035"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R291387cddc9b403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab1563ffbcba479b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd65293a41e25471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46513e43e6ee4035" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>