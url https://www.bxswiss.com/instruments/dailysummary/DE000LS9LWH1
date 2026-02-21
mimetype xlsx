--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5fbc00d21b34aef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6071f80b91b4544" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46513e43e6ee4035"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2ed483fb744b17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd65293a41e25471f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46513e43e6ee4035" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184adab1dccc4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2ed483fb744b17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>122,035</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,886</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>