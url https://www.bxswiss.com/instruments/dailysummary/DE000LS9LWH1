--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6071f80b91b4544" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba09e68fe47c4e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d2ed483fb744b17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R048c7b7230074b7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184adab1dccc4d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d2ed483fb744b17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb2041dc86c4b13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R048c7b7230074b7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfrist-Investor Rel Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>113,527</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,154</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>112,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>