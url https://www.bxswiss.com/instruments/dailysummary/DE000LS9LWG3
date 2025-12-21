--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba27619836eb4eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3c7ab1fc624c18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d7798cd65dd49e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75c2276d5dc4934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc93b2c38146241cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d7798cd65dd49e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1e390c271148ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75c2276d5dc4934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meister des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>174,271</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>