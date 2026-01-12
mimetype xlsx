--- v1 (2025-12-21)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3c7ab1fc624c18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reccb01541a374e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc75c2276d5dc4934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9f700c5c2f45d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1e390c271148ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc75c2276d5dc4934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb92539049a47e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9f700c5c2f45d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meister des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,881</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>