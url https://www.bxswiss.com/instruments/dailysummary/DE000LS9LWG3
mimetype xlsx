--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reccb01541a374e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd3575aaf8d4079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e9f700c5c2f45d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdbbdbd1f0674bfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb92539049a47e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e9f700c5c2f45d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8115dbb5562d4b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdbbdbd1f0674bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meister des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>151,202</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>