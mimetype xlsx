--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bd3575aaf8d4079" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68d94e5ee1f44e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdbbdbd1f0674bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b07c56f4ee1419e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8115dbb5562d4b9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdbbdbd1f0674bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3602fe2008254724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b07c56f4ee1419e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Meister des Suedens</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>145,814</x:t>
-[...58 lines deleted...]
-          <x:t>143,763</x:t>
+          <x:t>147,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>147,695</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>