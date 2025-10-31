--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra35d176eb959458b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f4ac71252c441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bfba61094347d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba9df5075c74b77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13427c10c7a4c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bfba61094347d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a48d949879d43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba9df5075c74b77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>