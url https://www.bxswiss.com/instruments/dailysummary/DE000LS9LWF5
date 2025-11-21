--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f4ac71252c441a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01ef4d6a28e4730" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ba9df5075c74b77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70655f2e2ed441cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a48d949879d43b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ba9df5075c74b77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6810fbca74478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70655f2e2ed441cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>271,400</x:t>
-[...441 lines deleted...]
-          <x:t>278,296</x:t>
+          <x:t>269,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>