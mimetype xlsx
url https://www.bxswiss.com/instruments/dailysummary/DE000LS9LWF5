--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf01ef4d6a28e4730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27001b455d54eed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70655f2e2ed441cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f9f6a33ab14afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6810fbca74478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70655f2e2ed441cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981c8fece2c04af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f9f6a33ab14afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>