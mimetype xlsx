--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27001b455d54eed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf5c8ad66394e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f9f6a33ab14afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad0442a0670419b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981c8fece2c04af0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f9f6a33ab14afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7d8abe82db4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad0442a0670419b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>261,965</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>259,661</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>264,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,955</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>