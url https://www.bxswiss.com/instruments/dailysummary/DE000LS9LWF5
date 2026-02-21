--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf5c8ad66394e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b355273e954701" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfad0442a0670419b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c90fa2c9b743dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde7d8abe82db4074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfad0442a0670419b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482a16e437854f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c90fa2c9b743dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>278,465</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>