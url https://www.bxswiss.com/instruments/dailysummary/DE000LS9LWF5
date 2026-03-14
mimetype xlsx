--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41b355273e954701" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R471d67b6ceee48b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c90fa2c9b743dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fb596113e064ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R482a16e437854f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c90fa2c9b743dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b325b428aef456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fb596113e064ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Future Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LWF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,971</x:t>
@@ -764,31 +285,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,892</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>