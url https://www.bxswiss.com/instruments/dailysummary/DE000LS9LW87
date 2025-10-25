--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc194c0c171c43a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d8d942c7ac4b95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb3110f103a942f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211c246c5064cc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8a769f0404484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb3110f103a942f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b01f8559c9443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211c246c5064cc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>