--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d8d942c7ac4b95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a782c4ddf84fef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re211c246c5064cc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9744b128fd024aca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20b01f8559c9443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re211c246c5064cc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96027afbae934d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9744b128fd024aca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>272,659</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,787</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>