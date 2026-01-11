--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51a782c4ddf84fef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6091e3e9c29642d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9744b128fd024aca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726e8f242372497a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96027afbae934d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9744b128fd024aca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec89e4f3c644520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726e8f242372497a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>