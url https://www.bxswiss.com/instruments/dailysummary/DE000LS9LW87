--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6091e3e9c29642d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf57553b7374f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726e8f242372497a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9136a5a5c3b44af5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ec89e4f3c644520" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726e8f242372497a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83f6fe5b6514fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9136a5a5c3b44af5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>304,399</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>