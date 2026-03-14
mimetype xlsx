--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcf57553b7374f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbca36a17905a4049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9136a5a5c3b44af5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0d77dcde45c4a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf83f6fe5b6514fe0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9136a5a5c3b44af5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d7a61951e3458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0d77dcde45c4a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology + Sports AlphaBeta</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW87</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>