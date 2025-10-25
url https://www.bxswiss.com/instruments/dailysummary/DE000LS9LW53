--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R874d139ad718412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1345f57fe8e45be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1687ff765fa4e3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4690413f219f4738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84e3383137b34866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1687ff765fa4e3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4f750556dd440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4690413f219f4738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,348</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>