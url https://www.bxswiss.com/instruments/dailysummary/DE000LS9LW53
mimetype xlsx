--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1345f57fe8e45be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75dea44862f44d3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4690413f219f4738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de6da5ba19f4aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a4f750556dd440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4690413f219f4738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c9e2838aa54736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de6da5ba19f4aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,694</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>97,701</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>