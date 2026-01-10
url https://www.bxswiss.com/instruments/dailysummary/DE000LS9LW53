--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75dea44862f44d3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f95815ef84c43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7de6da5ba19f4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27a43b0c8444445"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c9e2838aa54736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7de6da5ba19f4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7fe44389754c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27a43b0c8444445" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>99,206</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,112</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>90,392</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>