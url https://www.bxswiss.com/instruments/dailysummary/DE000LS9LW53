--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f95815ef84c43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7155f49533d4f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27a43b0c8444445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f67e1fa7464459"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7fe44389754c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27a43b0c8444445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1da12f34ed4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f67e1fa7464459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>116,843</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>