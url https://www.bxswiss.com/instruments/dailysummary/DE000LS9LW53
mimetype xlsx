--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7155f49533d4f95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d53be1fbc024d33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5f67e1fa7464459"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R412a7ff71bbd4858"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa1da12f34ed4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5f67e1fa7464459" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R480a34aeecc84ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R412a7ff71bbd4858" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bilderberg Trading</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LW53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>