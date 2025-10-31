--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cb030a85ea4856" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44f05a2ac604ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R478b830a82a14f46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cc6a7b9f6541ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f4a708579084537" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R478b830a82a14f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cc813538c64779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cc6a7b9f6541ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,025</x:t>
-[...251 lines deleted...]
-        <x:is>
           <x:t>152,212</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,894</x:t>
         </x:is>
       </x:c>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>