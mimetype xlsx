--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf44f05a2ac604ca2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e86a28aa8c46d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4cc6a7b9f6541ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf73728ff8f54588"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cc813538c64779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4cc6a7b9f6541ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aed6d593d284cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf73728ff8f54588" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,464 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...446 lines deleted...]
-          <x:t>155,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>159,609</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>