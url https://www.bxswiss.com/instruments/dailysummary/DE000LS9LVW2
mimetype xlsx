--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5e86a28aa8c46d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9608a4103c4a3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf73728ff8f54588"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5209ce158b4e13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aed6d593d284cff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf73728ff8f54588" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b6c97205484a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5209ce158b4e13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>168,777</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>