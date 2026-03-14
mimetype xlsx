--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b9608a4103c4a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f1ad44905844f0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb5209ce158b4e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ee7b4917e2490e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b6c97205484a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb5209ce158b4e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294307d507264d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ee7b4917e2490e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / DACH L-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>163,881</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,330</x:t>
-[...328 lines deleted...]
-          <x:t>167,454</x:t>
+          <x:t>166,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>