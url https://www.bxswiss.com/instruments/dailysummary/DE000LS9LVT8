--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d005823346e4119" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90e711936aa5466d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R885bc86ea9ed44fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5247593e39084d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02acb048d1e245d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R885bc86ea9ed44fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8652e88f3fde45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5247593e39084d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>1.113,591</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.147,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.155,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.088,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.108,313</x:t>
-[...161 lines deleted...]
-          <x:t>1.134,887</x:t>
+          <x:t>1.118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.141,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.163,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.154,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.161,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.159,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>