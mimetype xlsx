--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90e711936aa5466d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f677cdbdbc4709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5247593e39084d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a57c98c74e1428f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8652e88f3fde45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5247593e39084d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b7c659a9c648ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a57c98c74e1428f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.125,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.127,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.121,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.125,548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.196,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.205,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.173,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.178,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.189,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.174,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.164,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.146,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.168,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.156,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.145,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.149,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.150,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.062,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.038,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.102,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>