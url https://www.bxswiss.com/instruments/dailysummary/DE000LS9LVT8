--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46f677cdbdbc4709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf53e85f49c94b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a57c98c74e1428f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3096a8e12314568"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b7c659a9c648ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a57c98c74e1428f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1882958e932c4d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3096a8e12314568" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.070,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.080,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.053,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.073,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.123,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.129,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.101,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.102,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.054,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.144,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.140,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.137,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.100,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>