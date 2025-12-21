--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf53e85f49c94b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc2bba1018e441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf3096a8e12314568"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e2b3bf36a143eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1882958e932c4d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf3096a8e12314568" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d65306c2857459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e2b3bf36a143eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.070,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.104,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.068,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.089,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>