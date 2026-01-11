--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc2bba1018e441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6d6eca7c1a4d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e2b3bf36a143eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f14ccfb7b74f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d65306c2857459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e2b3bf36a143eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b81a7735c1847f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f14ccfb7b74f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.142,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.142,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.129,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.135,508</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.100,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.109,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.094,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.104,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.116,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.127,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.115,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.126,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.117,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.138,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>