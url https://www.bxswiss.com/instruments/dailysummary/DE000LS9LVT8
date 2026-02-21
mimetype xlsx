--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6d6eca7c1a4d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69958d2e7d447c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f14ccfb7b74f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2d6b0279b3648ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b81a7735c1847f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f14ccfb7b74f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c0432dbc21470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2d6b0279b3648ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.138,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.112,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.132,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.135,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.128,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.136,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.124,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.120,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.121,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.101,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.119,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.123,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.118,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.131,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.129,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.104,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.125,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.133,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.096,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.130,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.142,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.143,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.108,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.105,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.107,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.043,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.089,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.090,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.114,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.097,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.110,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.068,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.072,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.061,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.048,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.064,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.083,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.071,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>