--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69958d2e7d447c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b5b65aba1f04c55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2d6b0279b3648ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reaf2df4ac10a44ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c0432dbc21470a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2d6b0279b3648ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60d2fde11e7e4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reaf2df4ac10a44ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>White Mountain</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.095,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.097,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.077,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.085,073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.092,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.074,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.084,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.098,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.087,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.095,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.109,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.094,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.103,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.106,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.111,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.066,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.081,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.082,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.056,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.040,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.039,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.074,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.065,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.046,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.058,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.053,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.084,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.052,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.086,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.077,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.051,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.063,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.060,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.033,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.059,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.088,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.069,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.085,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.080,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.099,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.075,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.092,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.070,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.079,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.078,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.091,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.073,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.076,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>