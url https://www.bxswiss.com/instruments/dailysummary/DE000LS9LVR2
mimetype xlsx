--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa6d40711614016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ec755f2bf64875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce540ed5f5245ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3024780528f4f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5d388af05f43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce540ed5f5245ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red085a9483284cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3024780528f4f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>