--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7ec755f2bf64875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ffa06954494404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3024780528f4f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19587e64abdf4e73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red085a9483284cad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3024780528f4f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8143c9ece24d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19587e64abdf4e73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,707</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,396</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>