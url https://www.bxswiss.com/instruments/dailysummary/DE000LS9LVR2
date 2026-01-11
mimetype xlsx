--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74ffa06954494404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ffdcb87d05c4d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19587e64abdf4e73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf041dbe92a5443af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c8143c9ece24d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19587e64abdf4e73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a8309f9b554e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf041dbe92a5443af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>236,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>235,067</x:t>
-[...490 lines deleted...]
-          <x:t>224,396</x:t>
+          <x:t>239,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>