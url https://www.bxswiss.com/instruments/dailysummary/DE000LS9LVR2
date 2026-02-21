--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ffdcb87d05c4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77440f9ea4444159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf041dbe92a5443af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ad9c87f05554ee4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a8309f9b554e19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf041dbe92a5443af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b5fcb618b444bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ad9c87f05554ee4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D S-DAX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVR2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>241,637</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,367</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>