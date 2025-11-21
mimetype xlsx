--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R034fe557f48a4b18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524aa681a6e4b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ab3725eb9d4c46"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04deb5bbf39a4e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73827a0fded24076" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ab3725eb9d4c46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c431e20a3024d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04deb5bbf39a4e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsfaktor Fußball</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,143</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>