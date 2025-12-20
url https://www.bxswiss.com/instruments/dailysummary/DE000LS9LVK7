--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524aa681a6e4b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba88772b70e4210" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04deb5bbf39a4e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec216ff0cee14b67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c431e20a3024d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04deb5bbf39a4e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ec87cf420e4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec216ff0cee14b67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsfaktor Fußball</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>