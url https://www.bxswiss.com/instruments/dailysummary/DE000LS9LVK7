--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ba88772b70e4210" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7706dcaf1f4d6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec216ff0cee14b67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra827de4cd7984ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58ec87cf420e4e80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec216ff0cee14b67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffbaebdb8ff4763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra827de4cd7984ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsfaktor Fußball</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>