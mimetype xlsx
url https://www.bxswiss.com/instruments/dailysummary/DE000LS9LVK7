--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7706dcaf1f4d6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cbd999dced0419a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra827de4cd7984ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b6a7c8de0f4eb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffbaebdb8ff4763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra827de4cd7984ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d090722e164531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b6a7c8de0f4eb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsfaktor Fußball</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,360</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>