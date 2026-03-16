--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cbd999dced0419a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc658161ab43b4943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9b6a7c8de0f4eb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9dfa497018b4852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4d090722e164531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9b6a7c8de0f4eb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1e335827df4de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9dfa497018b4852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wirtschaftsfaktor Fußball</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>89,239</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,424</x:t>
-[...350 lines deleted...]
-          <x:t>90,586</x:t>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,775</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>