--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0084ff91e5da4bac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c862351a544ee5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb7fe3732524b0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5424e8c7f4ad4a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6da4946191b49e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb7fe3732524b0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda54e2317cb74702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5424e8c7f4ad4a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15er Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>175,062</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>