--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2c862351a544ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12fbdfd22f5b4915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5424e8c7f4ad4a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5230bf7435ea4159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda54e2317cb74702" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5424e8c7f4ad4a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1adc97042bb4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5230bf7435ea4159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15er Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>176,199</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>