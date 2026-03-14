--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12fbdfd22f5b4915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R369c49ddde854bee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5230bf7435ea4159"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a4bc77981f4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1adc97042bb4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5230bf7435ea4159" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8d7391c5cf4408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a4bc77981f4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15er Potenzial</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LVE0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,919</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>