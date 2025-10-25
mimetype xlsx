--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c5b96f59a0d469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f74c41b1944161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdefcd472a3fa4af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad42517a4124132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2ca770ffb24591" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdefcd472a3fa4af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd400ba93e3f4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad42517a4124132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,139 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>456,328</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,564</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...226 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>464,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>462,918</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>482,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>475,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>