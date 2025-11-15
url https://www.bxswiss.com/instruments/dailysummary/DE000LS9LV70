--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f74c41b1944161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c593c2dd0447bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad42517a4124132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a72c8bc2cdc4fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd400ba93e3f4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad42517a4124132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8378d11f73664304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a72c8bc2cdc4fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>471,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>460,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>469,993</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>470,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>