--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85c593c2dd0447bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907f1399d4de411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a72c8bc2cdc4fe5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9afe738c7db494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8378d11f73664304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a72c8bc2cdc4fe5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc44bbb4a97a4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9afe738c7db494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>434,504</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>