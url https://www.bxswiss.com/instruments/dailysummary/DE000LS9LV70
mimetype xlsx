--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R907f1399d4de411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bad02975894824" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9afe738c7db494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3178a7dd7a4605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc44bbb4a97a4bc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9afe738c7db494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1df04ed56344f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3178a7dd7a4605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>432,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>437,089</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>