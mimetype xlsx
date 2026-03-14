--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67bad02975894824" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dbe5c266d1c4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b3178a7dd7a4605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fa89284970840c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1df04ed56344f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b3178a7dd7a4605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9265257485435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fa89284970840c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Nasdaq-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>437,462</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>451,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>