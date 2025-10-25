--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a3e39291cd4be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcb9167cc54435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b42dd2553914611"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad863c64c7a24b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49cd1c9fceb4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b42dd2553914611" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd739df80a9434285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad863c64c7a24b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global PreciousMetals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,652</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>