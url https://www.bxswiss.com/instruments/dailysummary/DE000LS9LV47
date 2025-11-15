--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfcb9167cc54435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0fe188d1f64f7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad863c64c7a24b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03c380f777d47a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd739df80a9434285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad863c64c7a24b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d922db252f4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03c380f777d47a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global PreciousMetals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,889</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>