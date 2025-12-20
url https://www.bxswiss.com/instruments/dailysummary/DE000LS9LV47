--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d0fe188d1f64f7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9c74cb04c34d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc03c380f777d47a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5536192e648b43dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29d922db252f4718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc03c380f777d47a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51ca1c8ce054b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5536192e648b43dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global PreciousMetals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,178</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>