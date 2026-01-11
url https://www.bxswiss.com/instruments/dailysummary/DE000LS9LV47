--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9c74cb04c34d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e32d0fef2b4469" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5536192e648b43dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79f064df7c2943eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51ca1c8ce054b41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5536192e648b43dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7a5a980fb44e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79f064df7c2943eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global PreciousMetals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,201</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,636</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>