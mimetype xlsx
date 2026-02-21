--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2e32d0fef2b4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4bccadc1a674654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79f064df7c2943eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1193ce95e2a42b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb7a5a980fb44e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79f064df7c2943eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8666e966f5540b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1193ce95e2a42b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SR Global PreciousMetals</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>200,636</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>