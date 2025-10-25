--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e5ed9f42e344d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a8c64d467448c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b61bd05e9424291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e91441a488f4e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R798b446c3e69417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b61bd05e9424291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09498112bc48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e91441a488f4e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geringe KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,168 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>116,543</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>116,114</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>115,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,558</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>116,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,694</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>