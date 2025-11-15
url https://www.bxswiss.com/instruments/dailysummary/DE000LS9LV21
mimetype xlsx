--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71a8c64d467448c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c75e1e54f6c467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e91441a488f4e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce927efd66f4754"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda09498112bc48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e91441a488f4e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bbc6e828dd4f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce927efd66f4754" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geringe KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,202</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>