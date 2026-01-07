--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c75e1e54f6c467c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc11f3f65c64e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ce927efd66f4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e76f125e9e4f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9bbc6e828dd4f3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ce927efd66f4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925733a125804001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e76f125e9e4f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geringe KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,888</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,103</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>