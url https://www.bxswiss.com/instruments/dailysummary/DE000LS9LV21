--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc11f3f65c64e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2862e8b836784523" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56e76f125e9e4f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7c89544ce3d4e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925733a125804001" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56e76f125e9e4f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14495030e7cc4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7c89544ce3d4e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Geringe KGV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LV21</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>129,103</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,826</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>