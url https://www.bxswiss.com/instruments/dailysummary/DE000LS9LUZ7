--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re119991a392745c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87928b01ab1481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3356e06a4ea4a07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48472725735475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc845c3ef26024c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3356e06a4ea4a07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa51ab775ed84b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48472725735475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>163,717</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,180</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>160,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,191</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,810</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>