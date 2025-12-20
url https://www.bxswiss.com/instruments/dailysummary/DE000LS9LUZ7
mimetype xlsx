--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87928b01ab1481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69cc2d264e224d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re48472725735475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c825ea386d49dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa51ab775ed84b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re48472725735475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050db4feee414086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c825ea386d49dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>165,995</x:t>
-[...252 lines deleted...]
-          <x:t>167,535</x:t>
+          <x:t>163,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>