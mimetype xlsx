--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69cc2d264e224d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a2c753da2e47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24c825ea386d49dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8c03a57ddff403c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R050db4feee414086" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24c825ea386d49dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc0e81093564f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8c03a57ddff403c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>164,522</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,277</x:t>
-[...291 lines deleted...]
-          <x:t>165,333</x:t>
+          <x:t>164,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>164,979</x:t>
+          <x:t>164,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>