--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a2c753da2e47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8aa8f5b8bbd4059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8c03a57ddff403c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77941123efe4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dc0e81093564f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8c03a57ddff403c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb2ebe3517446e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77941123efe4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,578</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>