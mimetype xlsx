--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8aa8f5b8bbd4059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde792bd92540406b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77941123efe4050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad3319bdd1a46ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fb2ebe3517446e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77941123efe4050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd0bb7bae2c483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad3319bdd1a46ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>164,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>