--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde792bd92540406b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ba0cb0bd6f747b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ad3319bdd1a46ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c07ba56e1124460"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbd0bb7bae2c483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ad3319bdd1a46ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655844f42a3c4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c07ba56e1124460" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WELTKLASSE AKTIEN</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,337</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>