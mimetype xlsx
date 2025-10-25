--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d89142f8354a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f27f0e90ae4efb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11f26288147a4494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd20649294b6746fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1116941be1624cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11f26288147a4494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43b198cf493d421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd20649294b6746fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IQS | Inspiriert nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,879</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>