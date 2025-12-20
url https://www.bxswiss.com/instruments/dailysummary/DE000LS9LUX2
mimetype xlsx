--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09f27f0e90ae4efb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29841c0d116c496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd20649294b6746fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d19dd41c604987"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43b198cf493d421b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd20649294b6746fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026d88d54c694c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d19dd41c604987" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IQS | Inspiriert nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>158,980</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>