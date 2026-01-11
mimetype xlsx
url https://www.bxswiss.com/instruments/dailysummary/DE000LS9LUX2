--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29841c0d116c496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2c9d74e49144a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63d19dd41c604987"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39257c485e3d442c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R026d88d54c694c67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63d19dd41c604987" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea73d252c610454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39257c485e3d442c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IQS | Inspiriert nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,67 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,734</x:t>
@@ -791,31 +299,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>