--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e6c70549b114703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4958cef701f942e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5282e497ca1d4352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23a3482b6964d8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53be1e2ff6c848dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5282e497ca1d4352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra85a2630004c4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23a3482b6964d8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>264,538</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>