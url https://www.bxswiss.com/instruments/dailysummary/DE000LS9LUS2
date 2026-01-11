--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4958cef701f942e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b7bf30b61d42d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf23a3482b6964d8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1637dab9c449fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra85a2630004c4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf23a3482b6964d8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1d665829dc4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1637dab9c449fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,604</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>275,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>