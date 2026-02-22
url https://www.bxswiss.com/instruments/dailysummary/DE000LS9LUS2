--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b7bf30b61d42d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b37b20e64b41ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f1637dab9c449fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9480f92e48c49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f1d665829dc4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f1637dab9c449fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1563e4df06cb45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9480f92e48c49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>275,770</x:t>
-[...252 lines deleted...]
-          <x:t>286,161</x:t>
+          <x:t>279,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>