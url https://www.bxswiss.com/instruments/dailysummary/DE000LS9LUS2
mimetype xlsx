--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24b37b20e64b41ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R860f63c4acbc4fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9480f92e48c49e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c1562ad2cdb4fbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1563e4df06cb45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9480f92e48c49e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc454633453594acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c1562ad2cdb4fbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of IT/Tech Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUS2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>267,914</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>261,841</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>269,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>