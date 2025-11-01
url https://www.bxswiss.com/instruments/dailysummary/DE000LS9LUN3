--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R086a2619c0064e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdc64372921443a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fab0ed7bbd94bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3521778f676b4780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f229a7d3bc94cb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fab0ed7bbd94bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f82553099744198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3521778f676b4780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...500 lines deleted...]
-          <x:t>245,321</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,049</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>257,089</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>