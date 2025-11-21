--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdbdc64372921443a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b08e28cfc3496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3521778f676b4780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ceb0f7f63664c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f82553099744198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3521778f676b4780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66f1292af1a4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ceb0f7f63664c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>253,775</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,911</x:t>
-[...102 lines deleted...]
-          <x:t>244,171</x:t>
+          <x:t>249,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>249,415</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>