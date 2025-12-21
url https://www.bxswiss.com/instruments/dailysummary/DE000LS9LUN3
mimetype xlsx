--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b08e28cfc3496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5861018c589b4931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ceb0f7f63664c20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R139da1682644491e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd66f1292af1a4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ceb0f7f63664c20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5bd57a1d104559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R139da1682644491e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>244,171</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,707</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...555 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>