--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5861018c589b4931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987d143e46fb42d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R139da1682644491e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373ac27213b846fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe5bd57a1d104559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R139da1682644491e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae8f801a6ff4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373ac27213b846fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>