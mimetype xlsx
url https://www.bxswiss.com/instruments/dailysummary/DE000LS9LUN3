--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R987d143e46fb42d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697e4ae7c434442d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R373ac27213b846fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b30ba9bfeb4776"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ae8f801a6ff4df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R373ac27213b846fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfcccc30f444cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b30ba9bfeb4776" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>273,052</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>