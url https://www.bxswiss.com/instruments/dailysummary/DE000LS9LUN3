--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R697e4ae7c434442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37862372738041f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b30ba9bfeb4776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c76d12a8b8d42a8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dfcccc30f444cf5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b30ba9bfeb4776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c1f20dc64244da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c76d12a8b8d42a8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI Deutsche Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUN3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>