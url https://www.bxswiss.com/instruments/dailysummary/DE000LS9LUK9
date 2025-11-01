--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b92058d27c4958" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc35934b9c444db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44bd6f29f6314ed3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44715a7e529445bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5432df85269d4652" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44bd6f29f6314ed3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c76afd430d4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44715a7e529445bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurfer nach Darvas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,142</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>