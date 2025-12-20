--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dc35934b9c444db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e072d7eb8c413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44715a7e529445bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b9035611564738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c76afd430d4d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44715a7e529445bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dee71bf9b144006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b9035611564738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurfer nach Darvas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>161,055</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>