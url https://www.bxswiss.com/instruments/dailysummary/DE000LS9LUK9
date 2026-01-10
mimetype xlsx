--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1e072d7eb8c413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac720042e954879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b9035611564738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e79d332b7714bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dee71bf9b144006" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b9035611564738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re014a1928930477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e79d332b7714bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurfer nach Darvas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>