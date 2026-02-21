--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ac720042e954879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51f8979a72341b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e79d332b7714bf2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8770994d540e40b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re014a1928930477b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e79d332b7714bf2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f479e4c87ad4b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8770994d540e40b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendsurfer nach Darvas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUK9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>134,113</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>