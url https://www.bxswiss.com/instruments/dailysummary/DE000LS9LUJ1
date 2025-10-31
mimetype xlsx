--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd1c06c4e254889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1485aee4df614a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb01a17ff349044da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca06506754c949a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c98169a487243d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb01a17ff349044da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033db5bf82a6458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca06506754c949a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Insidern folgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>80,293</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,988</x:t>
-[...227 lines deleted...]
-          <x:t>79,016</x:t>
+          <x:t>79,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,084</x:t>
-[...166 lines deleted...]
-          <x:t>79,874</x:t>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>