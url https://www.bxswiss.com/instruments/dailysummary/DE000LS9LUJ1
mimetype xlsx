--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1485aee4df614a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fff6ec5008b42f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca06506754c949a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf336cfcd59b24828"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R033db5bf82a6458c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca06506754c949a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc673cda1dea94083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf336cfcd59b24828" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Insidern folgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>80,658</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,953</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>77,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>