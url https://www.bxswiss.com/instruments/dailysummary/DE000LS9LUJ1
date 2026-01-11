--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fff6ec5008b42f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6a5a32adf94b61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf336cfcd59b24828"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3516e0373a9b4a2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc673cda1dea94083" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf336cfcd59b24828" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0642ed464cc4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3516e0373a9b4a2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Insidern folgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,459</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>