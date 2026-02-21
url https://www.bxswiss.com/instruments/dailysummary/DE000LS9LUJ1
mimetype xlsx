--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde6a5a32adf94b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4488abc329c44f9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3516e0373a9b4a2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ee5dd56cd4d4766"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0642ed464cc4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3516e0373a9b4a2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7eb076307d18474e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ee5dd56cd4d4766" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Insidern folgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,857</x:t>
-[...252 lines deleted...]
-          <x:t>79,213</x:t>
+          <x:t>76,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>