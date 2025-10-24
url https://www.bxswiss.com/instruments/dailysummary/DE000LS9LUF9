--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e4146f557644501" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12024f66e200456f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re16745633fc1413d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57df41dd88ee43f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf089c2d044ba4160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re16745633fc1413d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f6b0858bbf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57df41dd88ee43f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung Midterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,616</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>