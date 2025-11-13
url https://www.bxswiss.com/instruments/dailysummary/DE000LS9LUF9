--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12024f66e200456f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771c40962d5e4feb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57df41dd88ee43f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbc53ca196ae4f19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49f6b0858bbf4cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57df41dd88ee43f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0917d2e0cac84ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbc53ca196ae4f19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung Midterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>147,617</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...478 lines deleted...]
-          <x:t>149,305</x:t>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>