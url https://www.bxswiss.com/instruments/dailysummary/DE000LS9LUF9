--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R771c40962d5e4feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56dcf489ae44bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbc53ca196ae4f19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d0d5973a5c64635"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0917d2e0cac84ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbc53ca196ae4f19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2769b55e4acf46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d0d5973a5c64635" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung Midterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>147,957</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>