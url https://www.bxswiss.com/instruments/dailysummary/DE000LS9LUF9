--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra56dcf489ae44bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad735336aca74f03" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d0d5973a5c64635"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f3f83623704b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2769b55e4acf46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d0d5973a5c64635" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40686695b3384c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f3f83623704b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung Midterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>