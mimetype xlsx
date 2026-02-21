--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad735336aca74f03" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05a4b3ae5599402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92f3f83623704b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d32ebfdf9f54bd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40686695b3384c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92f3f83623704b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67b8c219b4a146b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d32ebfdf9f54bd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitalisierung Midterm</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>144,543</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>