--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f6b8ae9b694475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c83e1e42a742ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raac5070422f649cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce94d2a36acf4884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66470c307b4241e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raac5070422f649cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43155753cc844653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce94d2a36acf4884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>