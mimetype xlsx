--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c83e1e42a742ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reabeec7d800749cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce94d2a36acf4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc734416431344b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43155753cc844653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce94d2a36acf4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0623f6906c4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc734416431344b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>93,039</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>93,471</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,558</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,415</x:t>
-[...252 lines deleted...]
-          <x:t>93,461</x:t>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>