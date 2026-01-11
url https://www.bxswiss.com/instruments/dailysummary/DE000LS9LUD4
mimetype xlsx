--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reabeec7d800749cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddcf44223aa43b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc734416431344b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40b4367d3d24b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b0623f6906c4621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc734416431344b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R802dce3db97846b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40b4367d3d24b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>