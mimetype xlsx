--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddcf44223aa43b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84753cfb5b8b47ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb40b4367d3d24b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc02da5d0aec447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R802dce3db97846b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb40b4367d3d24b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf07b15f2624d40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc02da5d0aec447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>