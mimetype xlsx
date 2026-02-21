--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84753cfb5b8b47ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d12d2f648b4460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc02da5d0aec447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7d7825bcba42f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf07b15f2624d40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc02da5d0aec447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff5b941a5c8449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7d7825bcba42f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>96,153</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,793</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>97,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>