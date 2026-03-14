--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19d12d2f648b4460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bd162c6014b4a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b7d7825bcba42f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d09b62069d4500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff5b941a5c8449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b7d7825bcba42f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra625602f0c044792" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d09b62069d4500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MDAX-Werte mit Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LUD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,861</x:t>
-[...387 lines deleted...]
-          <x:t>101,316</x:t>
+          <x:t>93,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>