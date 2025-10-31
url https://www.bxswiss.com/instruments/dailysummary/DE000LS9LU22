--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb856b4e7c00b4fd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb10825af94d72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43fad1b33134df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd27cad1f0c4e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0448106344974f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43fad1b33134df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d62ce1e38b04558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd27cad1f0c4e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>