--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fcb10825af94d72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89548d74f2a24c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bd27cad1f0c4e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22051caa4df64436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d62ce1e38b04558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bd27cad1f0c4e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0748a6d4302248db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22051caa4df64436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>325,026</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,437</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>346,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>