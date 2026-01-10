--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89548d74f2a24c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82e618eda084014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22051caa4df64436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ee4fd3d5f74604"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0748a6d4302248db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22051caa4df64436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda0f5b438854cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ee4fd3d5f74604" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>