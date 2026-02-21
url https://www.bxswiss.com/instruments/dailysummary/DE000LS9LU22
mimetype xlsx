--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd82e618eda084014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d45f434a4554681" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38ee4fd3d5f74604"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ac4418c9344bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda0f5b438854cf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38ee4fd3d5f74604" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f52ff62c4f4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ac4418c9344bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>326,841</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>