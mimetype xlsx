--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d45f434a4554681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3471785064044a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63ac4418c9344bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9633dc3280834840"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48f52ff62c4f4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63ac4418c9344bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4de62d484b3a4c70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9633dc3280834840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>KrœInvest – LVRM / US Market</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>