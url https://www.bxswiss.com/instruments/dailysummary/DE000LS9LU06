--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda8df6efee264232" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b182e9db0840a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f6a387c6b9b4445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fcb83c0b6ac4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84a4b4d1a69c481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f6a387c6b9b4445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52542d99cec248f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fcb83c0b6ac4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>262,754</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,783</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>24.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>270,509</x:t>
-[...198 lines deleted...]
-          <x:t>267,163</x:t>
+          <x:t>271,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>