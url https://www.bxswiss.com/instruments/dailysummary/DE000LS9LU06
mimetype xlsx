--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61b182e9db0840a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb32809026224258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fcb83c0b6ac4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc965b0bf7d64429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52542d99cec248f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fcb83c0b6ac4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fbec9a54a2d416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc965b0bf7d64429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>266,911</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>