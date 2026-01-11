--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb32809026224258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fb13a9bdee46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc965b0bf7d64429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4eed0a1a09048d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fbec9a54a2d416b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc965b0bf7d64429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d72cd488984b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4eed0a1a09048d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>