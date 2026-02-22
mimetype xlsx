--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0fb13a9bdee46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5a66c4f53a4bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4eed0a1a09048d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e175ef5b794c2d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4d72cd488984b3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4eed0a1a09048d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b20da7f2844998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e175ef5b794c2d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>264,841</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>