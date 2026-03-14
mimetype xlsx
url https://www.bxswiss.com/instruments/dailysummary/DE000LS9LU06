--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c5a66c4f53a4bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc748ec56daec465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1e175ef5b794c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra76225ed491f4694"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95b20da7f2844998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1e175ef5b794c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R760570df51a846d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra76225ed491f4694" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LU06</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>