--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e9f0cbe9ad444b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd279f10f2500460d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R166d405c9034458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bc416becc24387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77b6cc7480e4406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R166d405c9034458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8921f1779144bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bc416becc24387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quanti Modell A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>