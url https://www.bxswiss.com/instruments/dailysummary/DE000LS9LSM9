--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd279f10f2500460d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbea364e27194703" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bc416becc24387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91376c8140da4769"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8921f1779144bf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bc416becc24387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7027b53fab7445af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91376c8140da4769" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quanti Modell A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,550</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,337</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>