--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbea364e27194703" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26255a22ed9c404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91376c8140da4769"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e26f1688ef42c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7027b53fab7445af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91376c8140da4769" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fe39cef5b946ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e26f1688ef42c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quanti Modell A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>