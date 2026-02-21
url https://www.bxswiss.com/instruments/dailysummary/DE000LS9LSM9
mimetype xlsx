--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26255a22ed9c404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36340fa482164a09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e26f1688ef42c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91dfd6bf1ea0416b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35fe39cef5b946ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e26f1688ef42c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0c7c90c4a5349d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91dfd6bf1ea0416b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quanti Modell A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSM9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>150,160</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>