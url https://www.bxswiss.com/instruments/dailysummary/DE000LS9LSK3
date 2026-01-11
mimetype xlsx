--- v0 (2025-11-14)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7aabc25862472e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bd275cfc544910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92e77a257a0c426e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fab7debba444ba9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d2c6f000aec4a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92e77a257a0c426e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29285c83b01d43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fab7debba444ba9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>254,205</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>