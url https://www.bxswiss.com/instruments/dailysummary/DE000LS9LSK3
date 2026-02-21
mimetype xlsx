--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bd275cfc544910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e2fd2320104d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fab7debba444ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c023371b203496a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29285c83b01d43b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fab7debba444ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4138aeb989ae4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c023371b203496a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>275,046</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>