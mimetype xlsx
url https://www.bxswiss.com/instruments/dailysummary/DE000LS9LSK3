--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66e2fd2320104d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0afcb6cca19a49b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c023371b203496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f772e0e621540ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4138aeb989ae4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c023371b203496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa8ba83fcc124c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f772e0e621540ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D Tec-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>