--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79dcac89b74d4b70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d07c1ee52cf4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R585edd1497394a10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32387e2763d4176"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e31b082e47d4d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R585edd1497394a10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa7455dc4a54d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32387e2763d4176" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D M-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>