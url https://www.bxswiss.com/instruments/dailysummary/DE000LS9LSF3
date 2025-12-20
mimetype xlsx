--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d07c1ee52cf4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb47e16ff434582" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc32387e2763d4176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16915f7d5c5488c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aa7455dc4a54d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc32387e2763d4176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735749fc14c64876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16915f7d5c5488c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D M-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,094</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>