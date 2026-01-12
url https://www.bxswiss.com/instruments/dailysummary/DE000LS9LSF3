--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cb47e16ff434582" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de45ff85a034174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc16915f7d5c5488c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc59dba7ab854262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R735749fc14c64876" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc16915f7d5c5488c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7121a46b4a4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc59dba7ab854262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D M-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,223</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>