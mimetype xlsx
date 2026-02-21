--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de45ff85a034174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8ab2c27cbb4ed9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc59dba7ab854262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e01d65d3bc34309"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc7121a46b4a4e93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc59dba7ab854262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde37e44a59614e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e01d65d3bc34309" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D M-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>100,019</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>