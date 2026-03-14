--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f8ab2c27cbb4ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fab55fe6af34639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e01d65d3bc34309"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3eb974fa682e4d90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde37e44a59614e87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e01d65d3bc34309" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac521a9ed1248ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3eb974fa682e4d90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ZC - TSI D M-Dax-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,176 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>103,439</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,436</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...342 lines deleted...]
-          <x:t>102,662</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,313</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>