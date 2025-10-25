--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c04f45cec274e65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4bfcc042974a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f718fdc819c4060"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e51c30948449fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c67704d2914104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f718fdc819c4060" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3a13dc48244438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e51c30948449fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,479</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>