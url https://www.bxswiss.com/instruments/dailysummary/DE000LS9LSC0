--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a4bfcc042974a68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c63b5a6da4dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73e51c30948449fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf58f949157a3429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde3a13dc48244438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73e51c30948449fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e2948455554a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf58f949157a3429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>116,809</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>