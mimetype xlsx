--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d6c63b5a6da4dc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2c5d090b634957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf58f949157a3429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2766bbce5f824b9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1e2948455554a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf58f949157a3429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c544da0b8e8456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2766bbce5f824b9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>119,980</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,122</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>120,440</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>