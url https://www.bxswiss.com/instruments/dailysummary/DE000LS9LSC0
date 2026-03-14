--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb2c5d090b634957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06d0447f4624d78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2766bbce5f824b9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7440095adab46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c544da0b8e8456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2766bbce5f824b9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbfacfb0d5a9450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7440095adab46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Offensive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LSC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>117,322</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,802</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...496 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,382</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>