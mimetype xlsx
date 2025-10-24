--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R452aa1e1ae6a4b61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74678e0589a459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ad96c8a1ec48f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ce845a2d1d46c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cb38959efc54214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ad96c8a1ec48f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ea469e101f47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ce845a2d1d46c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Benchmark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,422</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>5,376</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,464</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>5,546</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>