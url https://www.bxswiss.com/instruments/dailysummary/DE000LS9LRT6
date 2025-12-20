--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf74678e0589a459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840ce49552fb4385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17ce845a2d1d46c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de4d2dc87174689"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88ea469e101f47e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17ce845a2d1d46c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88dea95c0b884f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de4d2dc87174689" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Benchmark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>5,714</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,524</x:t>
-[...205 lines deleted...]
-          <x:t>5,720</x:t>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,459</x:t>
-[...247 lines deleted...]
-          <x:t>5,207</x:t>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>