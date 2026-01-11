--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R840ce49552fb4385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R125f2b1e32b14fd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3de4d2dc87174689"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638d33bfbcc344d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88dea95c0b884f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3de4d2dc87174689" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0b736f9e0d4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638d33bfbcc344d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Benchmark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>