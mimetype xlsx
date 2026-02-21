--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R125f2b1e32b14fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6e195f6e444486" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638d33bfbcc344d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ed1660a1064fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb0b736f9e0d4596" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638d33bfbcc344d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05794ff3f7b4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ed1660a1064fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Benchmark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>5,185</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,186</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>5,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>