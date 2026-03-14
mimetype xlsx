--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f6e195f6e444486" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b7f2677d376401e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1ed1660a1064fb6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3476438393b046b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc05794ff3f7b4b2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1ed1660a1064fb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca669b1ada734b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3476438393b046b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hanf Aktien Global Benchmark</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRT6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>5,100</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,042</x:t>
-[...6 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>4,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,017</x:t>
-[...4 lines deleted...]
-          <x:t>4,897</x:t>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,933</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,736</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>4,864</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>4,748</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>