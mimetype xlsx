--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91d12108e8a4709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1edb12ea43994944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81102273c2314856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4200d402475e4cb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48851071c00949eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81102273c2314856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce0406b28614762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4200d402475e4cb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,794</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>