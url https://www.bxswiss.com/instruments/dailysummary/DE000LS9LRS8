--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1edb12ea43994944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8c06acf7114b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4200d402475e4cb2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5a7cf1b8be4911"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ce0406b28614762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4200d402475e4cb2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8833ecdf0bb74fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5a7cf1b8be4911" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>155,172</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,170</x:t>
-[...215 lines deleted...]
-          <x:t>162,017</x:t>
+          <x:t>155,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>