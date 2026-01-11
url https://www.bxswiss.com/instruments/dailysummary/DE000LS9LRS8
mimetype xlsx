--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a8c06acf7114b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1368ed7eefe436b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa5a7cf1b8be4911"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808565bfd67044c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8833ecdf0bb74fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa5a7cf1b8be4911" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0915cf385d3e42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808565bfd67044c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,743</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>