--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1368ed7eefe436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c2e249bdc134c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808565bfd67044c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7978387ba3842a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0915cf385d3e42af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808565bfd67044c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87418e4bb3ed4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7978387ba3842a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>157,666</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>