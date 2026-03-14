--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c2e249bdc134c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf498a6d62414531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7978387ba3842a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c87f36f3a4b4e75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87418e4bb3ed4773" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7978387ba3842a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0713149587e4489" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c87f36f3a4b4e75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TRADECURL Besondere Auswahl</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>140,059</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,474</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>141,442</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>