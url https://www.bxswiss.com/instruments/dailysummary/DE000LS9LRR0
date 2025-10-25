--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29bdd18414e04eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re844ff1a237b4ff0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53fa77716cb4bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6b9b1e15d6403a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R214eb49d87944751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53fa77716cb4bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00bdf2170e34763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6b9b1e15d6403a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>68,324</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,732</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>