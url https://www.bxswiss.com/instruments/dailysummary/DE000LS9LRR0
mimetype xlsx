--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re844ff1a237b4ff0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fc4e428ced42c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6b9b1e15d6403a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db43083c4374e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf00bdf2170e34763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6b9b1e15d6403a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d07599865a4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db43083c4374e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>68,570</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,390</x:t>
-[...593 lines deleted...]
-          <x:t>69,732</x:t>
+          <x:t>67,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>