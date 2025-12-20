--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fc4e428ced42c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb571a013c5f3409a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db43083c4374e11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022a0d05a9364805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2d07599865a4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db43083c4374e11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4ec12ba79e47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022a0d05a9364805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...512 lines deleted...]
-          <x:t>10.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,129</x:t>
-[...117 lines deleted...]
-          <x:t>66,897</x:t>
+          <x:t>66,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>