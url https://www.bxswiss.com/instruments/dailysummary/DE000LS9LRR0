--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb571a013c5f3409a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f9de0cca814f0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R022a0d05a9364805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c31fcefd94c49ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a4ec12ba79e47a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R022a0d05a9364805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7246e44d9d43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c31fcefd94c49ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>67,246</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,509</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>68,109</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,328</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...273 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,946</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>