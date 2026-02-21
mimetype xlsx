--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f9de0cca814f0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c5588a5f243f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c31fcefd94c49ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448f866bad984b06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7246e44d9d43fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c31fcefd94c49ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2014aa08c3945ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448f866bad984b06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,788</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>70,494</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>