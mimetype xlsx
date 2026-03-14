--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c5588a5f243f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb75313134c941c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R448f866bad984b06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82fa935a5bb94761"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2014aa08c3945ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R448f866bad984b06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64ae42e35f8e4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82fa935a5bb94761" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trade´s Investing DE SmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>