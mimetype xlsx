--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9bbf8d0f84d45b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbf526516664734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b98ad5582f4bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1beb3c4ff864e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1efe0fe7d8a4c52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b98ad5582f4bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32e8ff3141a74fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1beb3c4ff864e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Continental European Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>