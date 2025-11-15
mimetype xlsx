--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fbf526516664734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4292e4f4b54373" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1beb3c4ff864e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f608fbed8c43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32e8ff3141a74fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1beb3c4ff864e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b12b22a17204b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f608fbed8c43ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Continental European Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,311</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>