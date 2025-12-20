--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac4292e4f4b54373" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6891a5e5a2cf49d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49f608fbed8c43ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9721ba06001c415b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b12b22a17204b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49f608fbed8c43ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1476f87c9634e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9721ba06001c415b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Continental European Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>125,903</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>