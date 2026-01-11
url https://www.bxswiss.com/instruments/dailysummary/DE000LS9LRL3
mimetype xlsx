--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6891a5e5a2cf49d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d27f382ae44415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9721ba06001c415b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a9e2dbcb554d04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1476f87c9634e55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9721ba06001c415b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbd2c13ba9c4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a9e2dbcb554d04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Continental European Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,814</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>