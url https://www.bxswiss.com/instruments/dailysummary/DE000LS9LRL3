--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d27f382ae44415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b2209d4c054937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3a9e2dbcb554d04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd18288c27bac4b64"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fbd2c13ba9c4d92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3a9e2dbcb554d04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re65881eef2364819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd18288c27bac4b64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Continental European Equity</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>137,595</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>