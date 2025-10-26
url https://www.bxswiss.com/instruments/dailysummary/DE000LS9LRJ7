--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42a09077e32c48ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d374571b864cba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R273732df32254b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8168e915f2444a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb4a6c68e7384675" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R273732df32254b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6e953fa5db4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8168e915f2444a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Second Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>