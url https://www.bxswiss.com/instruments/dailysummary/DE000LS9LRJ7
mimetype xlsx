--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65d374571b864cba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339c5b310f7b43e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8168e915f2444a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c3c60c65af4667"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6e953fa5db4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8168e915f2444a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abb0ecbe3a8497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c3c60c65af4667" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Second Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>88,608</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,921</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>07.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,913</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>88,033</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>