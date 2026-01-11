--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339c5b310f7b43e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f8e69ac1284b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c3c60c65af4667"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba85a3b3570f4ee7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0abb0ecbe3a8497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c3c60c65af4667" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4232396427424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba85a3b3570f4ee7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Second Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,646</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>90,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,485</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>