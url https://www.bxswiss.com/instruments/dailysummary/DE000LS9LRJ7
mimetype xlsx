--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26f8e69ac1284b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8a7ad55d2749a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba85a3b3570f4ee7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b29124aa46d4055"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4232396427424a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba85a3b3570f4ee7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320a6b55085f493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b29124aa46d4055" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Second Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,515</x:t>
-[...4 lines deleted...]
-          <x:t>86,225</x:t>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,279</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>89,453</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>