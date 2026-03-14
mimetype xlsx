--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e8a7ad55d2749a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0aec888e2e254fb2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b29124aa46d4055"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5f22b9ede147f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R320a6b55085f493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b29124aa46d4055" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75d7d14c2a764c4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5f22b9ede147f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Second Capital</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...230 lines deleted...]
-          <x:t>85,047</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,885</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>87,859</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>