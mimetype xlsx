--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2191f111ac64eeb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8470062087c443da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf58011f4ace844f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc63da10918d41f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea40a19c67d04e6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf58011f4ace844f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f29c181860443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc63da10918d41f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Beteiligung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,214</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>