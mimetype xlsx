--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8470062087c443da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d02cfbbfec249b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc63da10918d41f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re91ba599640948a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5f29c181860443f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc63da10918d41f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda317ac93b5c4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re91ba599640948a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Beteiligung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,323</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>