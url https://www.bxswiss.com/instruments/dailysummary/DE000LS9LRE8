--- v2 (2025-11-15)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d02cfbbfec249b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb704139cbc4f44ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re91ba599640948a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e83a2c6eed4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda317ac93b5c4713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re91ba599640948a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65837b5129c1472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e83a2c6eed4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Beteiligung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>147,900</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>