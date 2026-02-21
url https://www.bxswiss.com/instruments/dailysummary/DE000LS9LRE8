--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb704139cbc4f44ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf562fd9810d3467c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0e83a2c6eed4c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabbb7f9e40874de0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65837b5129c1472e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0e83a2c6eed4c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7de9cc0c47274ab5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabbb7f9e40874de0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Berck Beteiligung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,139</x:t>
-[...198 lines deleted...]
-          <x:t>152,811</x:t>
+          <x:t>149,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,306</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>