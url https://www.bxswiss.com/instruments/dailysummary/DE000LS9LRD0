--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3756edf51d04957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7271424bf240e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f952b810b0f4e0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fb692de48c34c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dadded2e5214bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f952b810b0f4e0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02ac0787c324782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fb692de48c34c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>D&amp;G Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,549</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>