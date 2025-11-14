--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7271424bf240e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc931dd94ce84587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fb692de48c34c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ad4b2a2b68406c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc02ac0787c324782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fb692de48c34c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5bf9812d544eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ad4b2a2b68406c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>D&amp;G Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,116</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>