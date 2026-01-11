--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc931dd94ce84587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80534a9ce9b340bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ad4b2a2b68406c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9682bdfb2304920"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f5bf9812d544eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ad4b2a2b68406c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra263c672e526483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9682bdfb2304920" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>D&amp;G Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>300,962</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,287</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>