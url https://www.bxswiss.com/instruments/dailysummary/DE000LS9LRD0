--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80534a9ce9b340bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb777007104734371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9682bdfb2304920"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20b23862f10b4b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra263c672e526483c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9682bdfb2304920" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271d1db0a7e44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20b23862f10b4b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>D&amp;G Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>308,287</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>