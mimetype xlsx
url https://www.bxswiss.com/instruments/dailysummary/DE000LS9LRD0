--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb777007104734371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R718af54c828b491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20b23862f10b4b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb474c92a458744f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R271d1db0a7e44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20b23862f10b4b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8568d0679de344f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb474c92a458744f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>D&amp;G Global Players</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LRD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>