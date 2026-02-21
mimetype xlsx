--- v0 (2026-01-09)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb51fcea5c0e45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb5412c1c114a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R330caf1a61ac4ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82357b105cc74e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2285b94af14b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R330caf1a61ac4ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96033a43a8d943a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82357b105cc74e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>323,772</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>