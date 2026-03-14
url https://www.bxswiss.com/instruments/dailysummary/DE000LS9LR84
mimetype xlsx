--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbb5412c1c114a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca268257eec542c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82357b105cc74e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re98d0870096c4e6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96033a43a8d943a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82357b105cc74e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2b1157ef6dd4ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re98d0870096c4e6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Made in Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,188</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>