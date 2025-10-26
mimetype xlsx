--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53140dcf28fe4e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5856a298e3dc4965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5a1d676d3e4437"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb8a7c7d458a4e8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re581bea600734bd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5a1d676d3e4437" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee1b79802a645e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb8a7c7d458a4e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,628</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>