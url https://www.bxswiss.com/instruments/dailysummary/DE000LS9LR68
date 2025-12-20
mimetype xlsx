--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5856a298e3dc4965" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3ad1d2f6bd4518" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb8a7c7d458a4e8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc5b567a6da2423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee1b79802a645e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb8a7c7d458a4e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6711f39de814692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc5b567a6da2423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>199,614</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>