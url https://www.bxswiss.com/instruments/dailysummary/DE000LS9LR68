--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3ad1d2f6bd4518" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb940d242312447cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc5b567a6da2423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2363a381a7c4393"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6711f39de814692" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc5b567a6da2423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499e3c628adb4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2363a381a7c4393" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,883</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>