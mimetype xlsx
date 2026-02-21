--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb940d242312447cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca999f34e7424033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2363a381a7c4393"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2cc499fc2e41aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R499e3c628adb4278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2363a381a7c4393" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bacf809fe64678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2cc499fc2e41aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>201,605</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>