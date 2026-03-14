--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca999f34e7424033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fba49f6c6f54668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red2cc499fc2e41aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39c7e8851e6b4f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bacf809fe64678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red2cc499fc2e41aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24e572de06f4ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39c7e8851e6b4f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term-Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>197,085</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>196,470</x:t>
-[...598 lines deleted...]
-          <x:t>197,416</x:t>
+          <x:t>198,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>