--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f3d8297c699432a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a277d050c7544c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0421f2badd24266"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943d8b2237de41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582b0dbd53b746d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0421f2badd24266" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc96a1ee2ae44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943d8b2237de41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>113,941</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>117,454</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>