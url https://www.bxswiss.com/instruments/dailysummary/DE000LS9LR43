--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a277d050c7544c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b59537061654791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943d8b2237de41d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R277aa48e80214355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc96a1ee2ae44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943d8b2237de41d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde991ec03d934e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R277aa48e80214355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>115,100</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>