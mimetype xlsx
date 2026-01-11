--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b59537061654791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb84daa981da4510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R277aa48e80214355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf973cff639c4102"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde991ec03d934e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R277aa48e80214355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba11123a90e94e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf973cff639c4102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,731</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>