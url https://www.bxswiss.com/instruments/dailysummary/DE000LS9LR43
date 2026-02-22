--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb84daa981da4510" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315b5ec8c3e0433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf973cff639c4102"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c102f37db754e31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba11123a90e94e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf973cff639c4102" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df28f7e59ad4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c102f37db754e31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,568</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>