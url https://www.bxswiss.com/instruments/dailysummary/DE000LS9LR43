--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315b5ec8c3e0433b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e171c12cdd4042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c102f37db754e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c94e14030e41b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2df28f7e59ad4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c102f37db754e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R199a6e29eb2142ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c94e14030e41b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Large/Mid/Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR43</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,322</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>