--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc72ef1dceb14f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7164e70bebb149e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cb7bcbbf7c541e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284a9647753a44e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12a45eac2194f8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cb7bcbbf7c541e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1362d9f8223649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284a9647753a44e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,178</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,629</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>