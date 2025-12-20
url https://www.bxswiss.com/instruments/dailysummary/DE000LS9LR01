--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7164e70bebb149e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffecc03bc7a40c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R284a9647753a44e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa74d5d126e4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1362d9f8223649e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R284a9647753a44e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f54bf896acd45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa74d5d126e4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,726</x:t>
-[...522 lines deleted...]
-          <x:t>142,629</x:t>
+          <x:t>143,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>