--- v2 (2025-12-20)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffecc03bc7a40c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf520245f2154687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa74d5d126e4870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4efe1faec24745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f54bf896acd45c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa74d5d126e4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22eece01d7641a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4efe1faec24745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>137,959</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,666</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>144,554</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>