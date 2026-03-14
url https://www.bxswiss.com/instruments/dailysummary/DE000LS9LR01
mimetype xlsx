--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf520245f2154687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e7e9521ab44639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b4efe1faec24745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78e44561330f4018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22eece01d7641a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b4efe1faec24745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4649651099f041fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78e44561330f4018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fächer-Investment der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9LR01</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>